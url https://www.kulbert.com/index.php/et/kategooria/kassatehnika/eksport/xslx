--- v0 (2025-10-06)
+++ v1 (2025-12-14)
@@ -245,51 +245,51 @@
   <si>
     <t>ETHERNET LIIDES (UB-E04) TM</t>
   </si>
   <si>
     <t>C31CE95122</t>
   </si>
   <si>
     <t>Kassaprinter Epson TM-M30 (122): Ethernet, WiFi, PS, EU, Must</t>
   </si>
   <si>
     <t>C31CH51011</t>
   </si>
   <si>
     <t>Tshekiprinter Epson TM-T20III (011): USB + Serial, PS, must, EU</t>
   </si>
   <si>
     <t>C31CH51012</t>
   </si>
   <si>
     <t>Tshekiprinter Epson TM-T20III (012): Ethernet, PS, must, EU</t>
   </si>
   <si>
     <t>C31CH76102</t>
   </si>
   <si>
-    <t>Tööstuslik kleebiste tindiprinter Epson ColorWorks W-C6000Ae</t>
+    <t>Tööstuslik kleebiste tindiprinter Epson ColorWorks CW-C6000Ae</t>
   </si>
   <si>
     <t>C31CH77102</t>
   </si>
   <si>
     <t>Epsoni kleebiseprinter ColorWorks CW-C6500Ae</t>
   </si>
   <si>
     <t>C32C815211</t>
   </si>
   <si>
     <t>PABERIHOIDJA (58 / 60mm) PG-90 (TM-T90)</t>
   </si>
   <si>
     <t>C32C823361</t>
   </si>
   <si>
     <t>JADALIIDES RS-232 (UB-S01)</t>
   </si>
   <si>
     <t>C32C823861</t>
   </si>
   <si>
     <t>JADALIIDES RS-232, KOOS DM-D LIIDESEGA (UB-S09)</t>
   </si>
@@ -921,51 +921,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>170.28</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>456</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>164.38</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>270</v>
       </c>
       <c r="D5" s="2"/>
     </row>
@@ -1128,51 +1130,51 @@
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
         <v>11.5</v>
       </c>
       <c r="D18" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1">
         <v>11.5</v>
       </c>
       <c r="D19" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1">
         <v>9.84</v>
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>10.9</v>
       </c>
       <c r="D21" s="2">