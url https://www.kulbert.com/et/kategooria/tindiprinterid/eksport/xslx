--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -634,66 +634,64 @@
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>169.89</v>
       </c>
       <c r="D2" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>184.8</v>
       </c>
-      <c r="D3" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D3" s="2"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>1862.5</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>877.33</v>
       </c>
       <c r="D5" s="2"/>
     </row>
@@ -726,65 +724,65 @@
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>7899</v>
       </c>
       <c r="D8" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>372.9</v>
       </c>
       <c r="D9" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>140</v>
       </c>
       <c r="D10" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>190</v>
       </c>
       <c r="D11" s="2">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="2"/>
@@ -933,53 +931,51 @@
       </c>
       <c r="D24" s="2"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
         <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="1">
         <v>2578.7</v>
       </c>
       <c r="D25" s="2"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="1">
         <v>1852.73</v>
       </c>
-      <c r="D26" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="1">
         <v>280.47</v>
       </c>
       <c r="D27" s="2"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="1">
         <v>1099</v>
       </c>
       <c r="D28" s="2"/>
     </row>