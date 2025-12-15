--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -12,92 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>FL55-875BL1_</t>
   </si>
   <si>
     <t>Mobiilne alus ratastel elektriline FL55-875BL1 FLOOR STAND 55"-100"/FL55-875BL1 NEOMOUNTS</t>
   </si>
   <si>
     <t>Laekinnitus projektorile Uni 43-65cm. universaalne, saab kasutada ka seinakinnitusena</t>
   </si>
   <si>
     <t>VLMC350S-W</t>
   </si>
   <si>
     <t>Laekinnitus projektorile Vivolink VLMC350S-W 21.1cm. kandevõime 35kg.</t>
   </si>
   <si>
     <t>VLMC350L-W</t>
   </si>
   <si>
     <t>Laekinnitus projektorile Vivolink VLMC350L-W 74.5 - 114.5 cm. kandevõime 35kg.</t>
   </si>
   <si>
     <t>VLMC350M-W</t>
   </si>
   <si>
     <t>Laekinnitus projektorile Vivolink VLMC350M-W 60.5 - 90.5 cm. kandevõime 35kg.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laekinnitus projektorile MB Mount 900-1600 with Finetune</t>
   </si>
   <si>
     <t>Laekinnitus projektorile MB Mount HD 970-1500mm universaalne</t>
   </si>
   <si>
     <t>V12H802010</t>
   </si>
   <si>
     <t>Kinnitus lakke Epson ELPMB47 - Ceiling Mount Low EB-G7000 / L1000</t>
   </si>
   <si>
     <t>V12H003B23</t>
   </si>
   <si>
     <t>Laekinnitus Epson ELPMB23</t>
   </si>
   <si>
     <t>PPC1500</t>
   </si>
   <si>
     <t>Laekinnitus projektorile Vogels PPC1500 lühike 15cm.</t>
   </si>
   <si>
     <t>PPC1540</t>
   </si>
@@ -459,54 +456,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z17"/>
+  <dimension ref="A1:Z16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D17"/>
+      <selection activeCell="D1" sqref="D1:D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="106" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -575,181 +572,167 @@
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="1">
         <v>123.5</v>
       </c>
       <c r="D5" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="1">
         <v>110</v>
       </c>
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7">
-        <v>7350073731787</v>
+        <v>7350073735235</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="1">
-        <v>153.4</v>
+        <v>137.15</v>
       </c>
       <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
-      <c r="A8">
-        <v>7350073735235</v>
+      <c r="A8" t="s">
+        <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="C9" s="1"/>
+        <v>17</v>
+      </c>
+      <c r="C9" s="1">
+        <v>176.59</v>
+      </c>
       <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C10" s="1">
-        <v>176.59</v>
+        <v>87.1</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1">
-        <v>87.1</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>93.6</v>
+      </c>
+      <c r="D11" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C12" s="1">
-        <v>93.6</v>
-[...3 lines deleted...]
-      </c>
+        <v>146.9</v>
+      </c>
+      <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C13" s="1">
-        <v>146.9</v>
+        <v>179.4</v>
       </c>
       <c r="D13" s="2"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C14" s="1">
-        <v>179.4</v>
+        <v>180</v>
       </c>
       <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>936</v>
       </c>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
-      <c r="A16" t="s">
-        <v>29</v>
+      <c r="A16">
+        <v>62688</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="1">
-        <v>936</v>
+        <v>36</v>
       </c>
       <c r="D16" s="2"/>
-    </row>
-[...12 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">