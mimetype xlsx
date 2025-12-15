--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -922,51 +922,51 @@
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>170.28</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>456</v>
       </c>
       <c r="D3" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>164.38</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>270</v>
       </c>
       <c r="D5" s="2"/>
@@ -1130,51 +1130,51 @@
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
         <v>11.5</v>
       </c>
       <c r="D18" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1">
         <v>11.5</v>
       </c>
       <c r="D19" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1">
         <v>9.84</v>
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>10.9</v>
       </c>
       <c r="D21" s="2">
@@ -1368,51 +1368,51 @@
       <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1">
         <v>147.6</v>
       </c>
       <c r="D36" s="2"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
         <v>182.83</v>
       </c>
       <c r="D37" s="2">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
         <v>2754</v>
       </c>
       <c r="D38" s="2"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1">
         <v>3594</v>
       </c>
       <c r="D39" s="2"/>