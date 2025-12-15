--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -706,51 +706,51 @@
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>170.28</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>456</v>
       </c>
       <c r="D3" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>270</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>334.8</v>
       </c>
       <c r="D5" s="2"/>
@@ -848,51 +848,51 @@
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>147.6</v>
       </c>
       <c r="D13" s="2"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>182.83</v>
       </c>
       <c r="D14" s="2">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>2754</v>
       </c>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>3594</v>
       </c>
       <c r="D16" s="2"/>