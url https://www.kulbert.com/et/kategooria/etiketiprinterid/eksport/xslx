--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -579,94 +579,94 @@
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>624.75</v>
       </c>
       <c r="D5" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
-        <v>627.98</v>
+        <v>778.7</v>
       </c>
       <c r="D6" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>303.48</v>
       </c>
       <c r="D7" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>904.68</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>199</v>
       </c>
       <c r="D9" s="2">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>319</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>173</v>
       </c>
       <c r="D11" s="2">