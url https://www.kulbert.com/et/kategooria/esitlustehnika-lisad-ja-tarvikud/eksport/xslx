--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -961,65 +961,65 @@
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="1">
         <v>6.9</v>
       </c>
       <c r="D26" s="2">
         <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="1">
         <v>2.24</v>
       </c>
       <c r="D27" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="1">
         <v>2.2</v>
       </c>
       <c r="D28" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="1">
         <v>129.25</v>
       </c>
       <c r="D29" s="2"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="1">
         <v>98.72</v>
       </c>
       <c r="D30" s="2"/>